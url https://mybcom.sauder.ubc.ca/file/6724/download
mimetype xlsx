--- v0 (2026-02-01)
+++ v1 (2026-02-21)
@@ -1,91 +1,91 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11008"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29721"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/simranmehta/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jhuang08\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6078AFEE-1552-1546-A976-0BD2B9E62CFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{178750D9-3AEB-41B2-ACEF-1313A60BD2B0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="kzNCm/POlSc7D01suTsg4fVfoklHyXKhjKpLYLC5+NMr2X1qq+OjdXX3Ci3+tfnxqgi82SBceUYS6heUFzZzrA==" workbookSaltValue="6bQr31kccgJEKOCZe0y27g==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="740" windowWidth="23040" windowHeight="8360" tabRatio="615" xr2:uid="{2B5FEE64-227E-47CF-A301-D40F0656EEEB}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8366" tabRatio="615" xr2:uid="{2B5FEE64-227E-47CF-A301-D40F0656EEEB}"/>
   </bookViews>
   <sheets>
     <sheet name="BCOM Planner" sheetId="4" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="B41" i="4" l="1"/>
   <c r="C43" i="4" l="1"/>
   <c r="C45" i="4"/>
   <c r="C44" i="4"/>
   <c r="C42" i="4"/>
   <c r="B42" i="4"/>
-  <c r="B41" i="4"/>
   <c r="C41" i="4" l="1"/>
   <c r="B43" i="4" l="1"/>
   <c r="B46" i="4"/>
   <c r="B45" i="4"/>
   <c r="B44" i="4"/>
   <c r="I16" i="4" l="1"/>
   <c r="C34" i="4" l="1"/>
   <c r="D34" i="4" l="1"/>
   <c r="D47" i="4" l="1"/>
   <c r="I24" i="4"/>
   <c r="B12" i="4" l="1"/>
   <c r="G29" i="4"/>
   <c r="G28" i="4" l="1"/>
   <c r="I30" i="4"/>
   <c r="C47" i="4"/>
   <c r="G30" i="4"/>
   <c r="G37" i="4"/>
   <c r="C46" i="4" l="1"/>
   <c r="C12" i="4"/>
   <c r="G38" i="4" l="1"/>
   <c r="I38" i="4" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -434,51 +434,51 @@
     <t xml:space="preserve">https://mybcom.sauder.ubc.ca/your-degree/degree-requirements/transfer-credits </t>
   </si>
   <si>
     <t>Specialization / options</t>
   </si>
   <si>
     <t>https://mybcom.sauder.ubc.ca/options</t>
   </si>
   <si>
     <t>Double specialization guidelines</t>
   </si>
   <si>
     <t xml:space="preserve">https://mybcom.sauder.ubc.ca/your-degree/specializations/double-specialization </t>
   </si>
   <si>
     <t>Book a meeting with an OSAS advisor</t>
   </si>
   <si>
     <t xml:space="preserve">https://mybcom.sauder.ubc.ca/advising-support/academic-advising/book-appointment </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="21" x14ac:knownFonts="1">
+  <fonts count="21">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1574,91 +1574,91 @@
     <mruColors>
       <color rgb="FFFFCCCC"/>
       <color rgb="FFFF9999"/>
       <color rgb="FFFF0066"/>
       <color rgb="FFFF5050"/>
       <color rgb="FFEEFCE6"/>
       <color rgb="FFFF3300"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1720,51 +1720,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1862,2355 +1862,2355 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/elective-requirements" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/your-degree/specializations/double-specialization" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/options" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/your-degree/degree-requirements/transfer-credits" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/options" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/elective-requirements" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/elective-requirements" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/courses-money-and-enrolment/exams-and-grades/academic-standing" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/advising-support/academic-advising/book-appointment" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mybcom.sauder.ubc.ca/courses-money-enrolment/program-requirements/bcom-requirements" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21DE5E7E-B551-4F46-9715-4501F7B32FB4}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:XFC152"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="81" zoomScaleNormal="81" workbookViewId="0">
-      <selection activeCell="E6" sqref="E6:G6"/>
+    <sheetView tabSelected="1" topLeftCell="A19" zoomScale="81" zoomScaleNormal="81" workbookViewId="0">
+      <selection activeCell="D41" sqref="D41"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.65"/>
   <cols>
-    <col min="1" max="1" width="8.83203125" style="1" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="16384" max="16384" width="17.6640625" style="1" hidden="1"/>
+    <col min="1" max="1" width="8.85546875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="23.28515625" style="1" customWidth="1"/>
+    <col min="3" max="4" width="23.28515625" style="34" customWidth="1"/>
+    <col min="5" max="6" width="10.7109375" style="1" customWidth="1"/>
+    <col min="7" max="7" width="22.5703125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="24.42578125" style="34" customWidth="1"/>
+    <col min="9" max="9" width="17.28515625" style="34" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10.7109375" style="1" customWidth="1"/>
+    <col min="11" max="11" width="9.140625" style="1" customWidth="1"/>
+    <col min="12" max="12" width="20.28515625" style="1" customWidth="1"/>
+    <col min="13" max="13" width="16.85546875" style="1" customWidth="1"/>
+    <col min="14" max="14" width="20.140625" style="1" customWidth="1"/>
+    <col min="15" max="15" width="16.42578125" style="1" customWidth="1"/>
+    <col min="16" max="16" width="33.5703125" style="1" customWidth="1"/>
+    <col min="17" max="17" width="29.7109375" style="1" customWidth="1"/>
+    <col min="18" max="72" width="9.140625" style="1" hidden="1" customWidth="1"/>
+    <col min="73" max="73" width="20.28515625" style="1" hidden="1" customWidth="1"/>
+    <col min="74" max="16380" width="8.85546875" style="1" hidden="1" customWidth="1"/>
+    <col min="16381" max="16382" width="15.42578125" style="1" hidden="1" customWidth="1"/>
+    <col min="16383" max="16383" width="15.42578125" style="1" hidden="1"/>
+    <col min="16384" max="16384" width="17.7109375" style="1" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:34" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:34" ht="15" thickBot="1">
       <c r="A1" s="35"/>
       <c r="B1" s="35"/>
       <c r="C1" s="36"/>
       <c r="D1" s="36"/>
       <c r="E1" s="35"/>
       <c r="F1" s="35"/>
       <c r="G1" s="35"/>
       <c r="H1" s="36"/>
       <c r="I1" s="36"/>
       <c r="J1" s="35"/>
       <c r="K1" s="35"/>
     </row>
-    <row r="2" spans="1:34" ht="27" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:34" ht="26.65" thickBot="1">
       <c r="A2" s="35"/>
       <c r="B2" s="98" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="99"/>
       <c r="D2" s="99"/>
       <c r="E2" s="99"/>
       <c r="F2" s="99"/>
       <c r="G2" s="99"/>
       <c r="H2" s="99"/>
       <c r="I2" s="99"/>
       <c r="J2" s="100"/>
       <c r="K2" s="35"/>
     </row>
-    <row r="3" spans="1:34" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:34">
       <c r="A3" s="35"/>
       <c r="B3" s="35"/>
       <c r="C3" s="36"/>
       <c r="D3" s="36"/>
       <c r="E3" s="35"/>
       <c r="F3" s="35"/>
       <c r="G3" s="35"/>
       <c r="H3" s="36"/>
       <c r="I3" s="36"/>
       <c r="J3" s="35"/>
       <c r="K3" s="35"/>
     </row>
-    <row r="4" spans="1:34" s="2" customFormat="1" ht="22" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:34" s="2" customFormat="1" ht="21" thickBot="1">
       <c r="A4" s="37"/>
       <c r="B4" s="37"/>
       <c r="C4" s="38"/>
       <c r="D4" s="101" t="s">
         <v>1</v>
       </c>
       <c r="E4" s="101"/>
       <c r="F4" s="101"/>
       <c r="G4" s="101"/>
       <c r="H4" s="102"/>
       <c r="I4" s="38"/>
       <c r="J4" s="37"/>
       <c r="K4" s="37"/>
     </row>
-    <row r="5" spans="1:34" s="2" customFormat="1" ht="22" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:34" s="2" customFormat="1" ht="21" thickBot="1">
       <c r="A5" s="37"/>
       <c r="B5" s="37"/>
       <c r="C5" s="38"/>
       <c r="D5" s="39" t="s">
         <v>2</v>
       </c>
       <c r="E5" s="111" t="s">
         <v>3</v>
       </c>
       <c r="F5" s="112"/>
       <c r="G5" s="113"/>
       <c r="H5" s="40" t="s">
         <v>4</v>
       </c>
       <c r="I5" s="38"/>
       <c r="J5" s="37"/>
       <c r="K5" s="37"/>
     </row>
-    <row r="6" spans="1:34" s="2" customFormat="1" ht="22" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:34" s="2" customFormat="1" ht="21" thickBot="1">
       <c r="A6" s="37"/>
       <c r="B6" s="37"/>
       <c r="C6" s="38"/>
       <c r="D6" s="41" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="111" t="s">
         <v>6</v>
       </c>
       <c r="F6" s="112"/>
       <c r="G6" s="113"/>
       <c r="H6" s="40" t="s">
         <v>4</v>
       </c>
       <c r="I6" s="38"/>
       <c r="J6" s="37"/>
       <c r="K6" s="37"/>
     </row>
-    <row r="7" spans="1:34" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:34" ht="15" thickBot="1">
       <c r="A7" s="35"/>
       <c r="B7" s="35"/>
       <c r="C7" s="36"/>
       <c r="D7" s="36"/>
       <c r="E7" s="35"/>
       <c r="F7" s="35"/>
       <c r="G7" s="35"/>
       <c r="H7" s="36"/>
       <c r="I7" s="36"/>
       <c r="J7" s="35"/>
       <c r="K7" s="35"/>
     </row>
-    <row r="8" spans="1:34" ht="21.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:34" ht="21.6" customHeight="1" thickBot="1">
       <c r="A8" s="35"/>
       <c r="B8" s="123" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="124"/>
       <c r="D8" s="124"/>
       <c r="E8" s="125"/>
       <c r="F8" s="35"/>
       <c r="G8" s="123" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="124"/>
       <c r="I8" s="124"/>
       <c r="J8" s="125"/>
       <c r="K8" s="35"/>
     </row>
-    <row r="9" spans="1:34" ht="20" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:34" ht="18.95" thickBot="1">
       <c r="A9" s="35"/>
       <c r="B9" s="96"/>
       <c r="C9" s="96"/>
       <c r="D9" s="96"/>
       <c r="E9" s="96"/>
       <c r="F9" s="35"/>
       <c r="G9" s="96"/>
       <c r="H9" s="96"/>
       <c r="I9" s="96"/>
       <c r="J9" s="96"/>
       <c r="K9" s="35"/>
     </row>
-    <row r="10" spans="1:34" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:34" ht="15" customHeight="1" thickBot="1">
       <c r="A10" s="35"/>
       <c r="B10" s="130" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="131"/>
       <c r="D10" s="131"/>
       <c r="E10" s="75" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="35"/>
       <c r="G10" s="130" t="s">
         <v>11</v>
       </c>
       <c r="H10" s="131"/>
       <c r="I10" s="132"/>
       <c r="J10" s="75" t="s">
         <v>10</v>
       </c>
       <c r="K10" s="35"/>
     </row>
-    <row r="11" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:34">
       <c r="A11" s="35"/>
       <c r="B11" s="95" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="73" t="s">
         <v>13</v>
       </c>
       <c r="D11" s="94" t="s">
         <v>14</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="35"/>
       <c r="G11" s="87"/>
       <c r="H11" s="88" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="94" t="s">
         <v>14</v>
       </c>
       <c r="J11" s="3"/>
       <c r="K11" s="35"/>
       <c r="AH11" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="12" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:34">
       <c r="A12" s="35"/>
       <c r="B12" s="93" t="str">
         <f>IF(ISNUMBER(SEARCH("Y1",$E$5)),"COMM_V 101","")</f>
         <v>COMM_V 101</v>
       </c>
       <c r="C12" s="68" t="str">
         <f>IF(ISNUMBER(SEARCH("Y1",$E$5)),"3","")</f>
         <v>3</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="3"/>
       <c r="F12" s="35"/>
       <c r="G12" s="83" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="5"/>
       <c r="I12" s="6"/>
       <c r="J12" s="3"/>
       <c r="K12" s="35"/>
       <c r="AB12" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC12" s="1" t="s">
         <v>17</v>
       </c>
       <c r="AD12" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH12" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="13" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:34">
       <c r="A13" s="35"/>
       <c r="B13" s="93" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="68">
         <v>3</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="3"/>
       <c r="F13" s="35"/>
       <c r="G13" s="83" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="5"/>
       <c r="I13" s="6"/>
       <c r="J13" s="3"/>
       <c r="K13" s="35"/>
       <c r="AB13" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC13" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AD13" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH13" s="1" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="14" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:34">
       <c r="A14" s="35"/>
       <c r="B14" s="93" t="s">
         <v>25</v>
       </c>
       <c r="C14" s="68">
         <v>3</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="3"/>
       <c r="F14" s="35"/>
       <c r="G14" s="83" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="6"/>
       <c r="J14" s="3"/>
       <c r="K14" s="35"/>
       <c r="AB14" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC14" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AD14" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="15" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:34">
       <c r="A15" s="35"/>
       <c r="B15" s="93" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="68">
         <v>3</v>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="3"/>
       <c r="F15" s="35"/>
       <c r="G15" s="83" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="5"/>
       <c r="I15" s="6"/>
       <c r="J15" s="3"/>
       <c r="K15" s="35"/>
       <c r="AB15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC15" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AD15" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH15" s="1" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="16" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:34" ht="15" thickBot="1">
       <c r="A16" s="35"/>
       <c r="B16" s="93" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="68">
         <v>3</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="8"/>
       <c r="F16" s="35"/>
       <c r="G16" s="90" t="s">
         <v>32</v>
       </c>
       <c r="H16" s="91"/>
       <c r="I16" s="92" t="str">
         <f>"Completed: "&amp;SUM($I$12:$I$15)</f>
         <v>Completed: 0</v>
       </c>
       <c r="J16" s="3"/>
       <c r="K16" s="89"/>
       <c r="AB16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC16" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AD16" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE16" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH16" s="1" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="17" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:34" ht="15" thickBot="1">
       <c r="A17" s="35"/>
       <c r="B17" s="93" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="68">
         <v>3</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="8"/>
       <c r="F17" s="35"/>
       <c r="G17" s="130" t="s">
         <v>36</v>
       </c>
       <c r="H17" s="131"/>
       <c r="I17" s="132"/>
       <c r="J17" s="9"/>
       <c r="K17" s="35"/>
       <c r="AB17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC17" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AD17" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE17" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH17" s="1" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="18" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:34">
       <c r="A18" s="35"/>
       <c r="B18" s="93" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="68">
         <v>3</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="8"/>
       <c r="F18" s="35"/>
       <c r="G18" s="87"/>
       <c r="H18" s="88" t="s">
         <v>15</v>
       </c>
       <c r="I18" s="74" t="s">
         <v>14</v>
       </c>
       <c r="J18" s="3"/>
       <c r="K18" s="35"/>
       <c r="AB18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="AD18" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH18" s="1" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="19" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:34">
       <c r="A19" s="35"/>
       <c r="B19" s="93" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="68">
         <v>3</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="8"/>
       <c r="F19" s="35"/>
       <c r="G19" s="83" t="s">
         <v>40</v>
       </c>
       <c r="H19" s="5"/>
       <c r="I19" s="6"/>
       <c r="J19" s="3"/>
       <c r="K19" s="35"/>
       <c r="AB19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC19" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AD19" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH19" s="1" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="20" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:34">
       <c r="A20" s="35"/>
       <c r="B20" s="93" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="68">
         <v>3</v>
       </c>
       <c r="D20" s="4"/>
       <c r="E20" s="8"/>
       <c r="F20" s="35"/>
       <c r="G20" s="83" t="s">
         <v>43</v>
       </c>
       <c r="H20" s="5"/>
       <c r="I20" s="6"/>
       <c r="J20" s="3"/>
       <c r="K20" s="35"/>
       <c r="AB20" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC20" s="1" t="s">
         <v>44</v>
       </c>
       <c r="AD20" s="1" t="s">
         <v>45</v>
       </c>
       <c r="AE20" s="1" t="s">
         <v>46</v>
       </c>
       <c r="AH20" s="1" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="21" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:34">
       <c r="A21" s="35"/>
       <c r="B21" s="93" t="s">
         <v>47</v>
       </c>
       <c r="C21" s="68">
         <v>1</v>
       </c>
       <c r="D21" s="4"/>
       <c r="E21" s="8"/>
       <c r="F21" s="35"/>
       <c r="G21" s="83" t="s">
         <v>48</v>
       </c>
       <c r="H21" s="5"/>
       <c r="I21" s="6"/>
       <c r="J21" s="3"/>
       <c r="K21" s="35"/>
       <c r="AB21" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC21" s="1" t="s">
         <v>17</v>
       </c>
       <c r="AD21" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH21" s="1" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="22" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:34">
       <c r="A22" s="35"/>
       <c r="B22" s="93" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="68">
         <v>3</v>
       </c>
       <c r="D22" s="4"/>
       <c r="E22" s="8"/>
       <c r="F22" s="35"/>
       <c r="G22" s="83" t="s">
         <v>51</v>
       </c>
       <c r="H22" s="5"/>
       <c r="I22" s="6"/>
       <c r="J22" s="3"/>
       <c r="K22" s="35"/>
       <c r="AB22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC22" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AD22" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH22" s="1" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="23" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:34">
       <c r="A23" s="35"/>
       <c r="B23" s="93" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="68">
         <v>3</v>
       </c>
       <c r="D23" s="4"/>
       <c r="E23" s="8"/>
       <c r="F23" s="35"/>
       <c r="G23" s="83" t="s">
         <v>53</v>
       </c>
       <c r="H23" s="5"/>
       <c r="I23" s="6"/>
       <c r="J23" s="3"/>
       <c r="K23" s="35"/>
       <c r="AB23" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC23" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AD23" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE23" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH23" s="1" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="24" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:34" ht="15" thickBot="1">
       <c r="A24" s="35"/>
       <c r="B24" s="93" t="s">
         <v>55</v>
       </c>
       <c r="C24" s="68">
         <v>3</v>
       </c>
       <c r="D24" s="4"/>
       <c r="E24" s="8"/>
       <c r="F24" s="35"/>
       <c r="G24" s="90" t="s">
         <v>56</v>
       </c>
       <c r="H24" s="91"/>
       <c r="I24" s="92" t="str">
         <f>"Completed: "&amp;SUM(I19:I23)</f>
         <v>Completed: 0</v>
       </c>
       <c r="J24" s="10"/>
       <c r="K24" s="35"/>
       <c r="AB24" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC24" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AD24" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="AH24" s="1" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="25" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:34" ht="15" thickBot="1">
       <c r="A25" s="35"/>
       <c r="B25" s="93" t="s">
         <v>57</v>
       </c>
       <c r="C25" s="68">
         <v>3</v>
       </c>
       <c r="D25" s="4"/>
       <c r="E25" s="8"/>
       <c r="F25" s="35"/>
       <c r="G25" s="35"/>
       <c r="H25" s="36"/>
       <c r="I25" s="36"/>
       <c r="J25" s="35"/>
       <c r="K25" s="35"/>
       <c r="AH25" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="26" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:34" ht="15" thickBot="1">
       <c r="A26" s="35"/>
       <c r="B26" s="93" t="s">
         <v>58</v>
       </c>
       <c r="C26" s="68">
         <v>3</v>
       </c>
       <c r="D26" s="4"/>
       <c r="E26" s="8"/>
       <c r="F26" s="35"/>
       <c r="G26" s="128" t="s">
         <v>59</v>
       </c>
       <c r="H26" s="129"/>
       <c r="I26" s="129"/>
       <c r="J26" s="75" t="s">
         <v>10</v>
       </c>
       <c r="K26" s="35"/>
       <c r="AB26" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC26" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AD26" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE26" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="27" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:34">
       <c r="A27" s="35"/>
       <c r="B27" s="93" t="s">
         <v>60</v>
       </c>
       <c r="C27" s="68">
         <v>3</v>
       </c>
       <c r="D27" s="4"/>
       <c r="E27" s="8"/>
       <c r="F27" s="35"/>
       <c r="G27" s="87"/>
       <c r="H27" s="88" t="s">
         <v>15</v>
       </c>
       <c r="I27" s="74" t="s">
         <v>14</v>
       </c>
       <c r="J27" s="3"/>
       <c r="K27" s="35"/>
       <c r="N27" s="11"/>
     </row>
-    <row r="28" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:34">
       <c r="A28" s="35"/>
       <c r="B28" s="93" t="s">
         <v>61</v>
       </c>
       <c r="C28" s="68">
         <v>3</v>
       </c>
       <c r="D28" s="4"/>
       <c r="E28" s="8"/>
       <c r="F28" s="35"/>
       <c r="G28" s="83" t="str">
         <f>IF(ISNUMBER(SEARCH("Global Supply Chain &amp; Logistics",$E$6)),"","300 or 400 Level, Course 1")</f>
         <v>300 or 400 Level, Course 1</v>
       </c>
       <c r="H28" s="5"/>
       <c r="I28" s="6"/>
       <c r="J28" s="3"/>
       <c r="K28" s="35"/>
       <c r="O28" s="11"/>
     </row>
-    <row r="29" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:34" ht="15" thickBot="1">
       <c r="A29" s="35"/>
       <c r="B29" s="93" t="s">
         <v>62</v>
       </c>
       <c r="C29" s="68">
         <v>3</v>
       </c>
       <c r="D29" s="4"/>
       <c r="E29" s="8"/>
       <c r="F29" s="35"/>
       <c r="G29" s="85" t="str">
         <f>IF(ISNUMBER(SEARCH("Operations &amp; Logistics",$E$6)),"300 or 400 Level, Course 2","")</f>
         <v/>
       </c>
       <c r="H29" s="12"/>
       <c r="I29" s="13"/>
       <c r="J29" s="3"/>
       <c r="K29" s="35"/>
       <c r="AB29" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC29" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AD29" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE29" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="30" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:34" ht="15" thickBot="1">
       <c r="A30" s="35"/>
       <c r="B30" s="93" t="s">
         <v>63</v>
       </c>
       <c r="C30" s="68">
         <v>3</v>
       </c>
       <c r="D30" s="4"/>
       <c r="E30" s="8"/>
       <c r="F30" s="35"/>
       <c r="G30" s="78" t="str">
         <f>IFERROR(_xlfn.IFS(ISNUMBER(SEARCH("Global Supply Chain &amp; Logistics",$E$6)),"Required Credits: 0",ISNUMBER(SEARCH("Operations &amp; Logistics",$E$6)),"Required Credits: 6"),"Required Credits: 3")</f>
         <v>Required Credits: 3</v>
       </c>
       <c r="H30" s="79"/>
       <c r="I30" s="80" t="str">
         <f>"Completed: "&amp;SUM($I$28:$I$29)</f>
         <v>Completed: 0</v>
       </c>
       <c r="J30" s="9"/>
       <c r="K30" s="35"/>
       <c r="AB30" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC30" s="1" t="s">
         <v>38</v>
       </c>
       <c r="AD30" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE30" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="31" spans="1:34" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:34" ht="15" thickBot="1">
       <c r="A31" s="35"/>
       <c r="B31" s="93" t="s">
         <v>64</v>
       </c>
       <c r="C31" s="68">
         <v>3</v>
       </c>
       <c r="D31" s="4"/>
       <c r="E31" s="8"/>
       <c r="F31" s="35"/>
       <c r="G31" s="128" t="s">
         <v>65</v>
       </c>
       <c r="H31" s="129"/>
       <c r="I31" s="129"/>
       <c r="J31" s="9"/>
       <c r="K31" s="35"/>
       <c r="AB31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC31" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AD31" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE31" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="32" spans="1:34" ht="16" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:34">
       <c r="A32" s="35"/>
       <c r="B32" s="93" t="s">
         <v>66</v>
       </c>
       <c r="C32" s="68">
         <v>3</v>
       </c>
       <c r="D32" s="4"/>
       <c r="E32" s="8"/>
       <c r="F32" s="35"/>
       <c r="G32" s="87"/>
       <c r="H32" s="88" t="s">
         <v>15</v>
       </c>
       <c r="I32" s="74" t="s">
         <v>14</v>
       </c>
       <c r="J32" s="3"/>
       <c r="K32" s="35"/>
       <c r="AB32" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC32" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AD32" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE32" s="1" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="33" spans="1:37" ht="16" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:37">
       <c r="A33" s="35"/>
       <c r="B33" s="93" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="68">
         <v>3</v>
       </c>
       <c r="D33" s="4"/>
       <c r="E33" s="8"/>
       <c r="F33" s="35"/>
       <c r="G33" s="83" t="s">
         <v>40</v>
       </c>
       <c r="H33" s="5"/>
       <c r="I33" s="6"/>
       <c r="J33" s="3"/>
       <c r="K33" s="35"/>
       <c r="AB33" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC33" s="1" t="s">
         <v>17</v>
       </c>
       <c r="AD33" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE33" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="34" spans="1:37" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:37" ht="15" thickBot="1">
       <c r="A34" s="35"/>
       <c r="B34" s="62" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="63" t="str">
         <f>IF(ISNUMBER(SEARCH("Y1",$E$5)),"64","61")</f>
         <v>64</v>
       </c>
       <c r="D34" s="86" t="str">
         <f>"Completed: "&amp;SUM($D$12:$D$33)</f>
         <v>Completed: 0</v>
       </c>
       <c r="E34" s="14"/>
       <c r="F34" s="35"/>
       <c r="G34" s="83" t="s">
         <v>43</v>
       </c>
       <c r="H34" s="5"/>
       <c r="I34" s="6"/>
       <c r="J34" s="3"/>
       <c r="K34" s="35"/>
       <c r="AB34" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC34" s="1" t="s">
         <v>23</v>
       </c>
       <c r="AD34" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE34" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="35" spans="1:37" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:37" ht="16.350000000000001" thickBot="1">
       <c r="A35" s="35"/>
       <c r="B35" s="81"/>
       <c r="C35" s="36"/>
       <c r="D35" s="82"/>
       <c r="E35" s="35"/>
       <c r="F35" s="35"/>
       <c r="G35" s="83" t="s">
         <v>48</v>
       </c>
       <c r="H35" s="5"/>
       <c r="I35" s="6"/>
       <c r="J35" s="3"/>
       <c r="K35" s="35"/>
       <c r="AB35" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC35" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AD35" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE35" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="36" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:37">
       <c r="A36" s="35"/>
       <c r="B36" s="103" t="s">
         <v>70</v>
       </c>
       <c r="C36" s="104"/>
       <c r="D36" s="77"/>
       <c r="E36" s="84"/>
       <c r="F36" s="35"/>
       <c r="G36" s="83" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="5"/>
       <c r="I36" s="6"/>
       <c r="J36" s="3"/>
       <c r="K36" s="35"/>
       <c r="AB36" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC36" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AD36" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE36" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="37" spans="1:37" ht="16.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:37" ht="16.149999999999999" customHeight="1" thickBot="1">
       <c r="A37" s="35"/>
       <c r="B37" s="137" t="s">
         <v>71</v>
       </c>
       <c r="C37" s="138"/>
       <c r="D37" s="77"/>
       <c r="E37" s="84"/>
       <c r="F37" s="35"/>
       <c r="G37" s="85" t="str">
         <f>IF(OR(ISNUMBER(SEARCH("Y2 Transfer",$E$5)),ISNUMBER(SEARCH("Y3 Transfer",$E$5))),"COMM 101 Replacement","")</f>
         <v/>
       </c>
       <c r="H37" s="12"/>
       <c r="I37" s="13"/>
       <c r="J37" s="3"/>
       <c r="K37" s="35"/>
       <c r="AB37" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC37" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AD37" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE37" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="38" spans="1:37" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:37" ht="15" thickBot="1">
       <c r="A38" s="35"/>
       <c r="B38" s="76"/>
       <c r="C38" s="77"/>
       <c r="D38" s="77"/>
       <c r="E38" s="76"/>
       <c r="F38" s="35"/>
       <c r="G38" s="78" t="str">
         <f>IF(ISNUMBER(SEARCH("Y1", $E$5)), "Required credits: 12", "Required credits: 15")</f>
         <v>Required credits: 12</v>
       </c>
       <c r="H38" s="79"/>
       <c r="I38" s="80" t="str">
         <f>"Completed: "&amp;SUM($I$33:$I$37)</f>
         <v>Completed: 0</v>
       </c>
       <c r="J38" s="15"/>
       <c r="K38" s="35"/>
       <c r="AB38" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC38" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AD38" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE38" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="39" spans="1:37" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:37" ht="15" customHeight="1" thickBot="1">
       <c r="A39" s="35"/>
       <c r="B39" s="126" t="s">
         <v>72</v>
       </c>
       <c r="C39" s="127"/>
       <c r="D39" s="127"/>
       <c r="E39" s="75" t="s">
         <v>10</v>
       </c>
       <c r="F39" s="35"/>
       <c r="G39" s="35"/>
       <c r="H39" s="36"/>
       <c r="I39" s="36"/>
       <c r="J39" s="35"/>
       <c r="K39" s="35"/>
       <c r="AB39" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC39" s="1" t="s">
         <v>41</v>
       </c>
       <c r="AD39" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE39" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="40" spans="1:37" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:37" ht="15" thickBot="1">
       <c r="A40" s="35"/>
       <c r="B40" s="72" t="s">
         <v>15</v>
       </c>
       <c r="C40" s="73" t="s">
         <v>13</v>
       </c>
       <c r="D40" s="74" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="16"/>
       <c r="F40" s="35"/>
       <c r="G40" s="105" t="s">
         <v>73</v>
       </c>
       <c r="H40" s="106"/>
       <c r="I40" s="106"/>
       <c r="J40" s="107"/>
       <c r="K40" s="35"/>
       <c r="AB40" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AC40" s="1" t="s">
         <v>54</v>
       </c>
       <c r="AD40" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE40" s="1" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="41" spans="1:37" ht="16" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:37">
       <c r="A41" s="35"/>
       <c r="B41" s="67" t="str">
-        <f>_xlfn.SWITCH(E6, "Accounting", "COMM_V 353", "Business Technology Management", "COMM_V 435", "Entrepreneurship", "COMM_V 382", "Finance", "COMM_V 370", "Global Supply Chain &amp; Logistics", "COMM_V 342", "Marketing", "COMM_V 362", "Operations &amp; Logistics", "COMM_V 340", "Real Estate", "COMM_V 306", "OBHR", "15 Credits of OBHR courses", "General Business Management", "9 Credits of 300/400-level COMM/COHR_V courses", "")</f>
+        <f>_xlfn.SWITCH(E6, "Accounting", "COMM_V 353", "Business Technology Management", "COMM_V 335", "Entrepreneurship", "COMM_V 382", "Finance", "COMM_V 370", "Global Supply Chain &amp; Logistics", "COMM_V 342", "Marketing", "COMM_V 362", "Operations &amp; Logistics", "COMM_V 340", "Real Estate", "COMM_V 306", "OBHR", "15 Credits of OBHR courses", "General Business Management", "9 Credits of 300/400-level COMM/COHR_V courses", "")</f>
         <v/>
       </c>
       <c r="C41" s="68" t="str">
         <f>_xlfn.SWITCH(E6, "General Business Management", "9", "3")</f>
         <v>3</v>
       </c>
       <c r="D41" s="4"/>
       <c r="E41" s="3"/>
       <c r="F41" s="35"/>
       <c r="G41" s="114" t="s">
         <v>74</v>
       </c>
       <c r="H41" s="115"/>
       <c r="I41" s="115"/>
       <c r="J41" s="116"/>
       <c r="K41" s="65"/>
       <c r="L41" s="17"/>
       <c r="AB41" s="1" t="s">
         <v>3</v>
       </c>
       <c r="AC41" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AD41" s="1" t="s">
         <v>18</v>
       </c>
       <c r="AE41" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="42" spans="1:37" ht="16" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:37">
       <c r="A42" s="35"/>
       <c r="B42" s="67" t="str">
         <f>_xlfn.SWITCH(E6, "Accounting", "COMM_V 354", "Business Technology Management", "COMM_V 436", "Entrepreneurship", "COMM_V 387", "Finance", "COMM_V 371", "Global Supply Chain &amp; Logistics", "COMM_V 343", "Marketing", "COMM_V 363", "Operations &amp; Logistics", "COMM_V 341", "Real Estate", "COMM_V 307", "General Business Management", "6 Credits of 400-level COMM/COHR_V courses", "")</f>
         <v/>
       </c>
       <c r="C42" s="97" t="str">
         <f>_xlfn.SWITCH(E6, "General Business Management", "6", "3")</f>
         <v>3</v>
       </c>
       <c r="D42" s="4"/>
       <c r="E42" s="3"/>
       <c r="F42" s="35"/>
       <c r="G42" s="117"/>
       <c r="H42" s="118"/>
       <c r="I42" s="118"/>
       <c r="J42" s="119"/>
       <c r="K42" s="66"/>
       <c r="L42" s="18"/>
     </row>
-    <row r="43" spans="1:37" ht="16" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:37">
       <c r="A43" s="35"/>
       <c r="B43" s="67" t="str">
         <f>_xlfn.SWITCH(E6, "Accounting", "COMM_V 450", "Business Technology Management", "COMM_V 437", "Entrepreneurship", "9 Credits from APSC_V 383, COMM_V 383, COMM_V 386I, COMM_V 386L, COMM_V 386M, COMM_V 388, COMM_V 389, COMM_V 466, COMM_V 470, COMM_V 482, COMM_V 485, COMM_V 486J, COMM_V 486O, COMM_V 489", "Finance", "COMM_V 374", "Global Supply Chain &amp; Logistics", "COMM_V 341", "Marketing", "COMM_V 365", "Operations &amp; Logistics", "6 Credits from COMM_V 414, COMM_V 415, COMM_V 444, COMM_V 445, COMM_V 447", "Real Estate", "COMM_V 405", "")</f>
         <v/>
       </c>
       <c r="C43" s="97" t="str">
         <f>_xlfn.SWITCH(E6, "General Business Management", "", "Entrepreneurship", "9", "Operations &amp; Logistics", "6", "3")</f>
         <v>3</v>
       </c>
       <c r="D43" s="4"/>
       <c r="E43" s="3"/>
       <c r="F43" s="35"/>
       <c r="G43" s="117"/>
       <c r="H43" s="118"/>
       <c r="I43" s="118"/>
       <c r="J43" s="119"/>
       <c r="K43" s="66"/>
       <c r="L43" s="18"/>
       <c r="AB43" s="1" t="s">
         <v>20</v>
       </c>
       <c r="AC43" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AD43" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AE43" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="44" spans="1:37" ht="16" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:37">
       <c r="A44" s="35"/>
       <c r="B44" s="67" t="str">
         <f>_xlfn.SWITCH(E6, "Accounting", "3 Credits from COMM_V 452, COMM_V 454, COMM_V 459", "Business Technology Management", "COMM_V 438", "Finance", "6 Credits fromm COMM_V 376, COMM_V 377, COMM_V 470, COMM_V 471, COMM_V 474, COMM_V 475, COMM_V 476, COMM_V 477, COMM_V 479, COMM_V 486A, COMM_V 486T, COMM_V 486I", "Global Supply Chain &amp; Logistics", "COMM_V 414", "Marketing", "COMM_V 468", "Real Estate", "COMM_V 407", "")</f>
         <v/>
       </c>
       <c r="C44" s="97" t="str">
         <f>_xlfn.SWITCH(E6, "Entrepreneurship", "", "Finance", "6", "Operations &amp; Logistics", "", "General Business Management", "", "3")</f>
         <v>3</v>
       </c>
       <c r="D44" s="4"/>
       <c r="E44" s="19"/>
       <c r="F44" s="35"/>
       <c r="G44" s="117"/>
       <c r="H44" s="118"/>
       <c r="I44" s="118"/>
       <c r="J44" s="119"/>
       <c r="K44" s="35"/>
     </row>
-    <row r="45" spans="1:37" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:37" ht="15" thickBot="1">
       <c r="A45" s="35"/>
       <c r="B45" s="67" t="str">
         <f>_xlfn.SWITCH(E6, "Accounting", "Further 3 Credits from COMM_V 452, COMM_V 453, COMM_V 454, COMM_V 455, COMM_V 459", "Business Technology Management", "COMM_V 439", "Global Supply Chain &amp; Logistics", "COMM_V 344", "Marketing", "3 Credits from COMM_V 386U, COMM_V 389, COMM_V 414, COMM_V 460, COMM_V 461, COMM_V 462, COMM_V 463, COMM_V 464, COMM_V 466, COMM_V 467, COMM_V 482, COMM_V 484", "Real Estate", "COMM_V 408", "")</f>
         <v/>
       </c>
       <c r="C45" s="69" t="str">
         <f>_xlfn.SWITCH(E6, "Entrepreneurship", "", "Finance", "", "Operations &amp; Logistics", "", "General Business Management", "",  "3")</f>
         <v>3</v>
       </c>
       <c r="D45" s="4"/>
       <c r="E45" s="19"/>
       <c r="F45" s="35"/>
       <c r="G45" s="120"/>
       <c r="H45" s="121"/>
       <c r="I45" s="121"/>
       <c r="J45" s="122"/>
       <c r="K45" s="35"/>
       <c r="AH45" s="1" t="s">
         <v>24</v>
       </c>
       <c r="AI45" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AJ45" s="1" t="s">
         <v>49</v>
       </c>
       <c r="AK45" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="46" spans="1:37" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:37" ht="15" thickBot="1">
       <c r="A46" s="35"/>
       <c r="B46" s="70" t="str">
         <f>_xlfn.SWITCH(E6, "Global Supply Chain &amp; Logistics", "COMM_V 345", "")</f>
         <v/>
       </c>
       <c r="C46" s="71" t="str">
         <f>IF(ISNUMBER(SEARCH("Global Supply Chain &amp; Logistics",$E$6)),"3","")</f>
         <v/>
       </c>
       <c r="D46" s="20"/>
       <c r="E46" s="19"/>
       <c r="F46" s="35"/>
       <c r="G46" s="35"/>
       <c r="H46" s="36"/>
       <c r="I46" s="36"/>
       <c r="J46" s="35"/>
       <c r="K46" s="35"/>
     </row>
-    <row r="47" spans="1:37" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:37" ht="15" thickBot="1">
       <c r="A47" s="35"/>
       <c r="B47" s="62" t="s">
         <v>69</v>
       </c>
       <c r="C47" s="63" t="str">
         <f>IFERROR(_xlfn.IFS(ISNUMBER(SEARCH("Global Supply Chain &amp; Logistics",$E$6)),"18",ISNUMBER(SEARCH("Operations &amp; Logistics",$E$6)),"12"),"15")</f>
         <v>15</v>
       </c>
       <c r="D47" s="64" t="str">
         <f>"Completed: "&amp;SUM(D41:D46)</f>
         <v>Completed: 0</v>
       </c>
       <c r="E47" s="21"/>
       <c r="F47" s="35"/>
       <c r="G47" s="35"/>
       <c r="H47" s="36"/>
       <c r="I47" s="36"/>
       <c r="J47" s="35"/>
       <c r="K47" s="35"/>
     </row>
-    <row r="48" spans="1:37" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:37">
       <c r="A48" s="35"/>
       <c r="B48" s="55"/>
       <c r="C48" s="56"/>
       <c r="D48" s="57"/>
       <c r="E48" s="43"/>
       <c r="F48" s="35"/>
       <c r="G48" s="35"/>
       <c r="H48" s="36"/>
       <c r="I48" s="36"/>
       <c r="J48" s="35"/>
       <c r="K48" s="35"/>
     </row>
-    <row r="49" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="15" thickBot="1">
       <c r="A49" s="35"/>
       <c r="B49" s="35"/>
       <c r="C49" s="36"/>
       <c r="D49" s="36"/>
       <c r="E49" s="35"/>
       <c r="F49" s="35"/>
       <c r="G49" s="35"/>
       <c r="H49" s="36"/>
       <c r="I49" s="36"/>
       <c r="J49" s="35"/>
       <c r="K49" s="35"/>
     </row>
-    <row r="50" spans="1:11" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:11" ht="15" customHeight="1" thickBot="1">
       <c r="A50" s="35"/>
       <c r="B50" s="108" t="s">
         <v>75</v>
       </c>
       <c r="C50" s="109"/>
       <c r="D50" s="109"/>
       <c r="E50" s="110"/>
       <c r="F50" s="35"/>
       <c r="G50" s="35"/>
       <c r="H50" s="36"/>
       <c r="I50" s="36"/>
       <c r="J50" s="35"/>
       <c r="K50" s="35"/>
     </row>
-    <row r="51" spans="1:11" ht="14.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:11" ht="14.45" customHeight="1">
       <c r="A51" s="35"/>
       <c r="B51" s="141" t="s">
         <v>76</v>
       </c>
       <c r="C51" s="142"/>
       <c r="D51" s="142"/>
       <c r="E51" s="143"/>
       <c r="F51" s="35"/>
       <c r="G51" s="35"/>
       <c r="H51" s="36"/>
       <c r="I51" s="36"/>
       <c r="J51" s="35"/>
       <c r="K51" s="35"/>
     </row>
-    <row r="52" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:11">
       <c r="A52" s="35"/>
       <c r="B52" s="144"/>
       <c r="C52" s="145"/>
       <c r="D52" s="145"/>
       <c r="E52" s="146"/>
       <c r="F52" s="35"/>
       <c r="G52" s="35"/>
       <c r="H52" s="36"/>
       <c r="I52" s="36"/>
       <c r="J52" s="35"/>
       <c r="K52" s="35"/>
     </row>
-    <row r="53" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:11" ht="15" thickBot="1">
       <c r="A53" s="35"/>
       <c r="B53" s="144"/>
       <c r="C53" s="145"/>
       <c r="D53" s="145"/>
       <c r="E53" s="147"/>
       <c r="F53" s="35"/>
       <c r="G53" s="35"/>
       <c r="H53" s="36"/>
       <c r="I53" s="36"/>
       <c r="J53" s="35"/>
       <c r="K53" s="35"/>
     </row>
-    <row r="54" spans="1:11" ht="16" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:11">
       <c r="A54" s="35"/>
       <c r="B54" s="58"/>
       <c r="C54" s="59" t="s">
         <v>13</v>
       </c>
       <c r="D54" s="60" t="s">
         <v>14</v>
       </c>
       <c r="E54" s="61" t="s">
         <v>10</v>
       </c>
       <c r="F54" s="35"/>
       <c r="G54" s="35"/>
       <c r="H54" s="36"/>
       <c r="I54" s="36"/>
       <c r="J54" s="35"/>
       <c r="K54" s="35"/>
     </row>
-    <row r="55" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:11">
       <c r="A55" s="35"/>
       <c r="B55" s="49" t="s">
         <v>77</v>
       </c>
       <c r="C55" s="50">
         <v>3</v>
       </c>
       <c r="D55" s="22"/>
       <c r="E55" s="19"/>
       <c r="F55" s="35"/>
       <c r="G55" s="35"/>
       <c r="H55" s="36"/>
       <c r="I55" s="36"/>
       <c r="J55" s="35"/>
       <c r="K55" s="35"/>
     </row>
-    <row r="56" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:11">
       <c r="A56" s="35"/>
       <c r="B56" s="49" t="s">
         <v>78</v>
       </c>
       <c r="C56" s="50">
         <v>3</v>
       </c>
       <c r="D56" s="22"/>
       <c r="E56" s="19"/>
       <c r="F56" s="35"/>
       <c r="G56" s="35"/>
       <c r="H56" s="36"/>
       <c r="I56" s="36"/>
       <c r="J56" s="35"/>
       <c r="K56" s="35"/>
     </row>
-    <row r="57" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:11" ht="15" thickBot="1">
       <c r="A57" s="35"/>
       <c r="B57" s="51" t="s">
         <v>79</v>
       </c>
       <c r="C57" s="52">
         <v>3</v>
       </c>
       <c r="D57" s="23"/>
       <c r="E57" s="19"/>
       <c r="F57" s="35"/>
       <c r="G57" s="35"/>
       <c r="H57" s="36"/>
       <c r="I57" s="36"/>
       <c r="J57" s="35"/>
       <c r="K57" s="35"/>
     </row>
-    <row r="58" spans="1:11" ht="17" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="15" thickBot="1">
       <c r="A58" s="35"/>
       <c r="B58" s="53" t="s">
         <v>69</v>
       </c>
       <c r="C58" s="54">
         <v>9</v>
       </c>
       <c r="D58" s="24"/>
       <c r="E58" s="21"/>
       <c r="F58" s="35"/>
       <c r="G58" s="35"/>
       <c r="H58" s="36"/>
       <c r="I58" s="36"/>
       <c r="J58" s="35"/>
       <c r="K58" s="35"/>
     </row>
-    <row r="59" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:11">
       <c r="A59" s="35"/>
       <c r="B59" s="42"/>
       <c r="C59" s="42"/>
       <c r="D59" s="42"/>
       <c r="E59" s="43"/>
       <c r="F59" s="35"/>
       <c r="G59" s="35"/>
       <c r="H59" s="36"/>
       <c r="I59" s="36"/>
       <c r="J59" s="35"/>
       <c r="K59" s="35"/>
     </row>
-    <row r="60" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="15" thickBot="1">
       <c r="A60" s="35"/>
       <c r="B60" s="35"/>
       <c r="C60" s="36"/>
       <c r="D60" s="36"/>
       <c r="E60" s="35"/>
       <c r="F60" s="35"/>
       <c r="G60" s="35"/>
       <c r="H60" s="36"/>
       <c r="I60" s="36"/>
       <c r="J60" s="35"/>
       <c r="K60" s="35"/>
     </row>
-    <row r="61" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="15" thickBot="1">
       <c r="A61" s="35"/>
       <c r="B61" s="44" t="s">
         <v>80</v>
       </c>
       <c r="C61" s="45"/>
       <c r="D61" s="46" t="s">
         <v>81</v>
       </c>
       <c r="E61" s="47"/>
       <c r="F61" s="47"/>
       <c r="G61" s="47"/>
       <c r="H61" s="47"/>
       <c r="I61" s="48"/>
       <c r="J61" s="35"/>
       <c r="K61" s="35"/>
     </row>
-    <row r="62" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:11">
       <c r="A62" s="35"/>
       <c r="B62" s="139" t="s">
         <v>82</v>
       </c>
       <c r="C62" s="140"/>
       <c r="D62" s="25" t="s">
         <v>83</v>
       </c>
       <c r="E62" s="26"/>
       <c r="F62" s="26"/>
       <c r="G62" s="26"/>
       <c r="H62" s="26"/>
       <c r="I62" s="27"/>
       <c r="J62" s="35"/>
       <c r="K62" s="35"/>
     </row>
-    <row r="63" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:11">
       <c r="A63" s="35"/>
       <c r="B63" s="135" t="s">
         <v>84</v>
       </c>
       <c r="C63" s="136"/>
       <c r="D63" s="28" t="s">
         <v>85</v>
       </c>
       <c r="E63" s="29"/>
       <c r="F63" s="29"/>
       <c r="G63" s="29"/>
       <c r="H63" s="29"/>
       <c r="I63" s="30"/>
       <c r="J63" s="35"/>
       <c r="K63" s="35"/>
     </row>
-    <row r="64" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:11">
       <c r="A64" s="35"/>
       <c r="B64" s="135" t="s">
         <v>86</v>
       </c>
       <c r="C64" s="136"/>
       <c r="D64" s="28" t="s">
         <v>87</v>
       </c>
       <c r="E64" s="29"/>
       <c r="F64" s="29"/>
       <c r="G64" s="29"/>
       <c r="H64" s="29"/>
       <c r="I64" s="30"/>
       <c r="J64" s="35"/>
       <c r="K64" s="35"/>
     </row>
-    <row r="65" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:11">
       <c r="A65" s="35"/>
       <c r="B65" s="135" t="s">
         <v>88</v>
       </c>
       <c r="C65" s="136"/>
       <c r="D65" s="28" t="s">
         <v>89</v>
       </c>
       <c r="E65" s="29"/>
       <c r="F65" s="29"/>
       <c r="G65" s="29"/>
       <c r="H65" s="29"/>
       <c r="I65" s="30"/>
       <c r="J65" s="35"/>
       <c r="K65" s="35"/>
     </row>
-    <row r="66" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="66" spans="1:11">
       <c r="A66" s="35"/>
       <c r="B66" s="135" t="s">
         <v>90</v>
       </c>
       <c r="C66" s="136"/>
       <c r="D66" s="28" t="s">
         <v>91</v>
       </c>
       <c r="E66" s="29"/>
       <c r="F66" s="29"/>
       <c r="G66" s="29"/>
       <c r="H66" s="29"/>
       <c r="I66" s="30"/>
       <c r="J66" s="35"/>
       <c r="K66" s="35"/>
     </row>
-    <row r="67" spans="1:11" ht="16" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="15" thickBot="1">
       <c r="A67" s="35"/>
       <c r="B67" s="133" t="s">
         <v>92</v>
       </c>
       <c r="C67" s="134"/>
       <c r="D67" s="31" t="s">
         <v>93</v>
       </c>
       <c r="E67" s="32"/>
       <c r="F67" s="32"/>
       <c r="G67" s="32"/>
       <c r="H67" s="32"/>
       <c r="I67" s="33"/>
       <c r="J67" s="35"/>
       <c r="K67" s="35"/>
     </row>
-    <row r="68" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="68" spans="1:11">
       <c r="A68" s="35"/>
       <c r="B68" s="35"/>
       <c r="C68" s="36"/>
       <c r="D68" s="36"/>
       <c r="E68" s="35"/>
       <c r="F68" s="35"/>
       <c r="G68" s="35"/>
       <c r="H68" s="36"/>
       <c r="I68" s="36"/>
       <c r="J68" s="35"/>
       <c r="K68" s="35"/>
     </row>
-    <row r="69" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="69" spans="1:11">
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
     </row>
-    <row r="70" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="70" spans="1:11">
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
     </row>
-    <row r="71" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:11">
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
     </row>
-    <row r="72" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:11" ht="20.65">
       <c r="A72" s="2"/>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
       <c r="J72" s="2"/>
       <c r="K72" s="2"/>
     </row>
-    <row r="73" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="73" spans="1:11" ht="20.65">
       <c r="A73" s="2"/>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
       <c r="J73" s="2"/>
       <c r="K73" s="2"/>
     </row>
-    <row r="74" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="74" spans="1:11" ht="20.65">
       <c r="A74" s="2"/>
       <c r="B74" s="2"/>
       <c r="C74" s="2"/>
       <c r="D74" s="2"/>
       <c r="E74" s="2"/>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
       <c r="H74" s="2"/>
       <c r="I74" s="2"/>
       <c r="J74" s="2"/>
       <c r="K74" s="2"/>
     </row>
-    <row r="75" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="75" spans="1:11">
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
     </row>
-    <row r="76" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="76" spans="1:11">
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
     </row>
-    <row r="77" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="77" spans="1:11">
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
     </row>
-    <row r="78" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="78" spans="1:11">
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
     </row>
-    <row r="79" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="79" spans="1:11">
       <c r="C79" s="1"/>
       <c r="D79" s="1"/>
       <c r="H79" s="1"/>
       <c r="I79" s="1"/>
     </row>
-    <row r="80" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="80" spans="1:11">
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
     </row>
-    <row r="81" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="81" spans="1:11">
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
     </row>
-    <row r="82" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="82" spans="1:11">
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
     </row>
-    <row r="83" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="83" spans="1:11">
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
     </row>
-    <row r="84" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="84" spans="1:11" ht="20.65">
       <c r="A84" s="2"/>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
       <c r="J84" s="2"/>
       <c r="K84" s="2"/>
     </row>
-    <row r="85" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="85" spans="1:11" ht="20.65">
       <c r="A85" s="2"/>
       <c r="B85" s="2"/>
       <c r="C85" s="2"/>
       <c r="D85" s="2"/>
       <c r="E85" s="2"/>
       <c r="F85" s="2"/>
       <c r="G85" s="2"/>
       <c r="H85" s="2"/>
       <c r="I85" s="2"/>
       <c r="J85" s="2"/>
       <c r="K85" s="2"/>
     </row>
-    <row r="86" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="86" spans="1:11" ht="20.65">
       <c r="A86" s="2"/>
       <c r="B86" s="2"/>
       <c r="C86" s="2"/>
       <c r="D86" s="2"/>
       <c r="E86" s="2"/>
       <c r="F86" s="2"/>
       <c r="G86" s="2"/>
       <c r="H86" s="2"/>
       <c r="I86" s="2"/>
       <c r="J86" s="2"/>
       <c r="K86" s="2"/>
     </row>
-    <row r="87" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="87" spans="1:11">
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
     </row>
-    <row r="88" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="88" spans="1:11">
       <c r="C88" s="1"/>
       <c r="D88" s="1"/>
       <c r="H88" s="1"/>
       <c r="I88" s="1"/>
     </row>
-    <row r="89" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="89" spans="1:11">
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
     </row>
-    <row r="90" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:11">
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
     </row>
-    <row r="91" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:11">
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
     </row>
-    <row r="92" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:11">
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
     </row>
-    <row r="93" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:11">
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
     </row>
-    <row r="94" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:11">
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
     </row>
-    <row r="95" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:11">
       <c r="C95" s="1"/>
       <c r="D95" s="1"/>
       <c r="H95" s="1"/>
       <c r="I95" s="1"/>
     </row>
-    <row r="96" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:11" ht="20.65">
       <c r="A96" s="2"/>
       <c r="B96" s="2"/>
       <c r="C96" s="2"/>
       <c r="D96" s="2"/>
       <c r="E96" s="2"/>
       <c r="F96" s="2"/>
       <c r="G96" s="2"/>
       <c r="H96" s="2"/>
       <c r="I96" s="2"/>
       <c r="J96" s="2"/>
       <c r="K96" s="2"/>
     </row>
-    <row r="97" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:11" ht="20.65">
       <c r="A97" s="2"/>
       <c r="B97" s="2"/>
       <c r="C97" s="2"/>
       <c r="D97" s="2"/>
       <c r="E97" s="2"/>
       <c r="F97" s="2"/>
       <c r="G97" s="2"/>
       <c r="H97" s="2"/>
       <c r="I97" s="2"/>
       <c r="J97" s="2"/>
       <c r="K97" s="2"/>
     </row>
-    <row r="98" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:11" ht="20.65">
       <c r="A98" s="2"/>
       <c r="B98" s="2"/>
       <c r="C98" s="2"/>
       <c r="D98" s="2"/>
       <c r="E98" s="2"/>
       <c r="F98" s="2"/>
       <c r="G98" s="2"/>
       <c r="H98" s="2"/>
       <c r="I98" s="2"/>
       <c r="J98" s="2"/>
       <c r="K98" s="2"/>
     </row>
-    <row r="99" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="99" spans="1:11">
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
     </row>
-    <row r="100" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:11">
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
     </row>
-    <row r="101" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:11">
       <c r="C101" s="1"/>
       <c r="D101" s="1"/>
       <c r="H101" s="1"/>
       <c r="I101" s="1"/>
     </row>
-    <row r="102" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:11">
       <c r="C102" s="1"/>
       <c r="D102" s="1"/>
       <c r="H102" s="1"/>
       <c r="I102" s="1"/>
     </row>
-    <row r="103" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:11">
       <c r="C103" s="1"/>
       <c r="D103" s="1"/>
       <c r="H103" s="1"/>
       <c r="I103" s="1"/>
     </row>
-    <row r="104" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:11">
       <c r="C104" s="1"/>
       <c r="D104" s="1"/>
       <c r="H104" s="1"/>
       <c r="I104" s="1"/>
     </row>
-    <row r="105" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:11">
       <c r="C105" s="1"/>
       <c r="D105" s="1"/>
       <c r="H105" s="1"/>
       <c r="I105" s="1"/>
     </row>
-    <row r="106" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:11">
       <c r="C106" s="1"/>
       <c r="D106" s="1"/>
       <c r="H106" s="1"/>
       <c r="I106" s="1"/>
     </row>
-    <row r="107" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="107" spans="1:11">
       <c r="C107" s="1"/>
       <c r="D107" s="1"/>
       <c r="H107" s="1"/>
       <c r="I107" s="1"/>
     </row>
-    <row r="108" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:11" ht="20.65">
       <c r="A108" s="2"/>
       <c r="B108" s="2"/>
       <c r="C108" s="2"/>
       <c r="D108" s="2"/>
       <c r="E108" s="2"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="2"/>
       <c r="I108" s="2"/>
       <c r="J108" s="2"/>
       <c r="K108" s="2"/>
     </row>
-    <row r="109" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:11" ht="20.65">
       <c r="A109" s="2"/>
       <c r="B109" s="2"/>
       <c r="C109" s="2"/>
       <c r="D109" s="2"/>
       <c r="E109" s="2"/>
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="2"/>
       <c r="I109" s="2"/>
       <c r="J109" s="2"/>
       <c r="K109" s="2"/>
     </row>
-    <row r="110" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:11" ht="20.65">
       <c r="A110" s="2"/>
       <c r="B110" s="2"/>
       <c r="C110" s="2"/>
       <c r="D110" s="2"/>
       <c r="E110" s="2"/>
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="2"/>
       <c r="I110" s="2"/>
       <c r="J110" s="2"/>
       <c r="K110" s="2"/>
     </row>
-    <row r="111" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:11">
       <c r="C111" s="1"/>
       <c r="D111" s="1"/>
       <c r="H111" s="1"/>
       <c r="I111" s="1"/>
     </row>
-    <row r="112" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:11">
       <c r="C112" s="1"/>
       <c r="D112" s="1"/>
       <c r="H112" s="1"/>
       <c r="I112" s="1"/>
     </row>
-    <row r="113" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:11">
       <c r="C113" s="1"/>
       <c r="D113" s="1"/>
       <c r="H113" s="1"/>
       <c r="I113" s="1"/>
     </row>
-    <row r="114" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:11">
       <c r="C114" s="1"/>
       <c r="D114" s="1"/>
       <c r="H114" s="1"/>
       <c r="I114" s="1"/>
     </row>
-    <row r="115" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:11">
       <c r="C115" s="1"/>
       <c r="D115" s="1"/>
       <c r="H115" s="1"/>
       <c r="I115" s="1"/>
     </row>
-    <row r="116" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:11">
       <c r="C116" s="1"/>
       <c r="D116" s="1"/>
       <c r="H116" s="1"/>
       <c r="I116" s="1"/>
     </row>
-    <row r="117" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:11">
       <c r="C117" s="1"/>
       <c r="D117" s="1"/>
       <c r="H117" s="1"/>
       <c r="I117" s="1"/>
     </row>
-    <row r="118" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="118" spans="1:11">
       <c r="C118" s="1"/>
       <c r="D118" s="1"/>
       <c r="H118" s="1"/>
       <c r="I118" s="1"/>
     </row>
-    <row r="119" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="119" spans="1:11">
       <c r="C119" s="1"/>
       <c r="D119" s="1"/>
       <c r="H119" s="1"/>
       <c r="I119" s="1"/>
     </row>
-    <row r="120" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="120" spans="1:11" ht="20.65">
       <c r="A120" s="2"/>
       <c r="B120" s="2"/>
       <c r="C120" s="2"/>
       <c r="D120" s="2"/>
       <c r="E120" s="2"/>
       <c r="F120" s="2"/>
       <c r="G120" s="2"/>
       <c r="H120" s="2"/>
       <c r="I120" s="2"/>
       <c r="J120" s="2"/>
       <c r="K120" s="2"/>
     </row>
-    <row r="121" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="121" spans="1:11" ht="20.65">
       <c r="A121" s="2"/>
       <c r="B121" s="2"/>
       <c r="C121" s="2"/>
       <c r="D121" s="2"/>
       <c r="E121" s="2"/>
       <c r="F121" s="2"/>
       <c r="G121" s="2"/>
       <c r="H121" s="2"/>
       <c r="I121" s="2"/>
       <c r="J121" s="2"/>
       <c r="K121" s="2"/>
     </row>
-    <row r="122" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="122" spans="1:11" ht="20.65">
       <c r="A122" s="2"/>
       <c r="B122" s="2"/>
       <c r="C122" s="2"/>
       <c r="D122" s="2"/>
       <c r="E122" s="2"/>
       <c r="F122" s="2"/>
       <c r="G122" s="2"/>
       <c r="H122" s="2"/>
       <c r="I122" s="2"/>
       <c r="J122" s="2"/>
       <c r="K122" s="2"/>
     </row>
-    <row r="123" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="123" spans="1:11">
       <c r="C123" s="1"/>
       <c r="D123" s="1"/>
       <c r="H123" s="1"/>
       <c r="I123" s="1"/>
     </row>
-    <row r="124" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="124" spans="1:11">
       <c r="C124" s="1"/>
       <c r="D124" s="1"/>
       <c r="H124" s="1"/>
       <c r="I124" s="1"/>
     </row>
-    <row r="125" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="125" spans="1:11">
       <c r="C125" s="1"/>
       <c r="D125" s="1"/>
       <c r="H125" s="1"/>
       <c r="I125" s="1"/>
     </row>
-    <row r="126" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="126" spans="1:11">
       <c r="C126" s="1"/>
       <c r="D126" s="1"/>
       <c r="H126" s="1"/>
       <c r="I126" s="1"/>
     </row>
-    <row r="127" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="127" spans="1:11">
       <c r="C127" s="1"/>
       <c r="D127" s="1"/>
       <c r="H127" s="1"/>
       <c r="I127" s="1"/>
     </row>
-    <row r="128" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="128" spans="1:11">
       <c r="C128" s="1"/>
       <c r="D128" s="1"/>
       <c r="H128" s="1"/>
       <c r="I128" s="1"/>
     </row>
-    <row r="129" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="129" spans="1:11">
       <c r="C129" s="1"/>
       <c r="D129" s="1"/>
       <c r="H129" s="1"/>
       <c r="I129" s="1"/>
     </row>
-    <row r="130" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:11">
       <c r="C130" s="1"/>
       <c r="D130" s="1"/>
       <c r="H130" s="1"/>
       <c r="I130" s="1"/>
     </row>
-    <row r="131" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="131" spans="1:11">
       <c r="C131" s="1"/>
       <c r="D131" s="1"/>
       <c r="H131" s="1"/>
       <c r="I131" s="1"/>
     </row>
-    <row r="132" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="132" spans="1:11" ht="20.65">
       <c r="A132" s="2"/>
       <c r="B132" s="2"/>
       <c r="C132" s="2"/>
       <c r="D132" s="2"/>
       <c r="E132" s="2"/>
       <c r="F132" s="2"/>
       <c r="G132" s="2"/>
       <c r="H132" s="2"/>
       <c r="I132" s="2"/>
       <c r="J132" s="2"/>
       <c r="K132" s="2"/>
     </row>
-    <row r="133" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="133" spans="1:11" ht="20.65">
       <c r="A133" s="2"/>
       <c r="B133" s="2"/>
       <c r="C133" s="2"/>
       <c r="D133" s="2"/>
       <c r="E133" s="2"/>
       <c r="F133" s="2"/>
       <c r="G133" s="2"/>
       <c r="H133" s="2"/>
       <c r="I133" s="2"/>
       <c r="J133" s="2"/>
       <c r="K133" s="2"/>
     </row>
-    <row r="134" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="134" spans="1:11" ht="20.65">
       <c r="A134" s="2"/>
       <c r="B134" s="2"/>
       <c r="C134" s="2"/>
       <c r="D134" s="2"/>
       <c r="E134" s="2"/>
       <c r="F134" s="2"/>
       <c r="G134" s="2"/>
       <c r="H134" s="2"/>
       <c r="I134" s="2"/>
       <c r="J134" s="2"/>
       <c r="K134" s="2"/>
     </row>
-    <row r="135" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="135" spans="1:11">
       <c r="C135" s="1"/>
       <c r="D135" s="1"/>
       <c r="H135" s="1"/>
       <c r="I135" s="1"/>
     </row>
-    <row r="136" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="136" spans="1:11">
       <c r="C136" s="1"/>
       <c r="D136" s="1"/>
       <c r="H136" s="1"/>
       <c r="I136" s="1"/>
     </row>
-    <row r="137" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="137" spans="1:11">
       <c r="C137" s="1"/>
       <c r="D137" s="1"/>
       <c r="H137" s="1"/>
       <c r="I137" s="1"/>
     </row>
-    <row r="138" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="138" spans="1:11">
       <c r="C138" s="1"/>
       <c r="D138" s="1"/>
       <c r="H138" s="1"/>
       <c r="I138" s="1"/>
     </row>
-    <row r="139" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:11">
       <c r="C139" s="1"/>
       <c r="D139" s="1"/>
       <c r="H139" s="1"/>
       <c r="I139" s="1"/>
     </row>
-    <row r="140" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="140" spans="1:11">
       <c r="C140" s="1"/>
       <c r="D140" s="1"/>
       <c r="H140" s="1"/>
       <c r="I140" s="1"/>
     </row>
-    <row r="141" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="141" spans="1:11">
       <c r="C141" s="1"/>
       <c r="D141" s="1"/>
       <c r="H141" s="1"/>
       <c r="I141" s="1"/>
     </row>
-    <row r="142" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:11">
       <c r="C142" s="1"/>
       <c r="D142" s="1"/>
       <c r="H142" s="1"/>
       <c r="I142" s="1"/>
     </row>
-    <row r="143" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:11">
       <c r="C143" s="1"/>
       <c r="D143" s="1"/>
       <c r="H143" s="1"/>
       <c r="I143" s="1"/>
     </row>
-    <row r="144" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:11" ht="20.65">
       <c r="A144" s="2"/>
       <c r="B144" s="2"/>
       <c r="C144" s="2"/>
       <c r="D144" s="2"/>
       <c r="E144" s="2"/>
       <c r="F144" s="2"/>
       <c r="G144" s="2"/>
       <c r="H144" s="2"/>
       <c r="I144" s="2"/>
       <c r="J144" s="2"/>
       <c r="K144" s="2"/>
     </row>
-    <row r="145" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="145" spans="1:11" ht="20.65">
       <c r="A145" s="2"/>
       <c r="B145" s="2"/>
       <c r="C145" s="2"/>
       <c r="D145" s="2"/>
       <c r="E145" s="2"/>
       <c r="F145" s="2"/>
       <c r="G145" s="2"/>
       <c r="H145" s="2"/>
       <c r="I145" s="2"/>
       <c r="J145" s="2"/>
       <c r="K145" s="2"/>
     </row>
-    <row r="146" spans="1:11" ht="21" x14ac:dyDescent="0.2">
+    <row r="146" spans="1:11" ht="20.65">
       <c r="A146" s="2"/>
       <c r="B146" s="2"/>
       <c r="C146" s="2"/>
       <c r="D146" s="2"/>
       <c r="E146" s="2"/>
       <c r="F146" s="2"/>
       <c r="G146" s="2"/>
       <c r="H146" s="2"/>
       <c r="I146" s="2"/>
       <c r="J146" s="2"/>
       <c r="K146" s="2"/>
     </row>
-    <row r="147" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:11">
       <c r="C147" s="1"/>
       <c r="D147" s="1"/>
       <c r="H147" s="1"/>
       <c r="I147" s="1"/>
     </row>
-    <row r="148" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="148" spans="1:11">
       <c r="C148" s="1"/>
       <c r="D148" s="1"/>
       <c r="H148" s="1"/>
       <c r="I148" s="1"/>
     </row>
-    <row r="149" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="149" spans="1:11">
       <c r="C149" s="1"/>
       <c r="D149" s="1"/>
       <c r="H149" s="1"/>
       <c r="I149" s="1"/>
     </row>
-    <row r="150" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="150" spans="1:11">
       <c r="C150" s="1"/>
       <c r="D150" s="1"/>
       <c r="H150" s="1"/>
       <c r="I150" s="1"/>
     </row>
-    <row r="151" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="151" spans="1:11">
       <c r="C151" s="1"/>
       <c r="D151" s="1"/>
       <c r="H151" s="1"/>
       <c r="I151" s="1"/>
     </row>
-    <row r="152" spans="1:11" x14ac:dyDescent="0.2">
+    <row r="152" spans="1:11">
       <c r="C152" s="1"/>
       <c r="D152" s="1"/>
       <c r="H152" s="1"/>
       <c r="I152" s="1"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="8iB7GBWcQKdEYgg1mWtj/0z0cfWvJcPGnGU8dObIeakiPscxLXCN7cUNZIwlNofiqJK/X1YR58+j81fepdqfKw==" saltValue="+Lb77+DhCLq3yfsMQHDMsA==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="W4c3p5G+DBj8gTfOhyEnU9qhHKuqBbi9JfWHVRRtzfjPHbeL1oXIGSycPHP9sYSgilSP12RsL5qd7SrRFcOclw==" saltValue="5qu6LshP/d64ESXFgs75Ig==" spinCount="100000" sheet="1" objects="1" scenarios="1" formatRows="0" selectLockedCells="1"/>
   <mergeCells count="24">
     <mergeCell ref="B67:C67"/>
     <mergeCell ref="B64:C64"/>
     <mergeCell ref="B65:C65"/>
     <mergeCell ref="B37:C37"/>
     <mergeCell ref="B62:C62"/>
     <mergeCell ref="B51:E53"/>
     <mergeCell ref="B63:C63"/>
     <mergeCell ref="B66:C66"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="D4:H4"/>
     <mergeCell ref="B36:C36"/>
     <mergeCell ref="G40:J40"/>
     <mergeCell ref="B50:E50"/>
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="E6:G6"/>
     <mergeCell ref="G41:J45"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="G8:J8"/>
     <mergeCell ref="B39:D39"/>
     <mergeCell ref="G31:I31"/>
     <mergeCell ref="G26:I26"/>
     <mergeCell ref="G17:I17"/>
     <mergeCell ref="G10:I10"/>
     <mergeCell ref="B10:D10"/>
@@ -4241,75 +4241,55 @@
     <dataValidation type="whole" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Please enter a number" error="Each Co-op term is 3 credits. " sqref="D55:D57" xr:uid="{16109658-EA0D-4FDB-8944-7393FE237F2D}">
       <formula1>3</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Invalid Input" error="You can’t mark more than one status in the same row — if you want to change the status, clear the original one first." sqref="C55:C57" xr:uid="{6709CB04-CC42-49D9-92B5-B307BFFD569A}">
       <formula1>COUNT($D55:$D55)&lt;=1</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E6" xr:uid="{6FD87C27-B46E-40F4-875D-52C577DED519}">
       <formula1>$AH$15:$AH$25</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="D65" r:id="rId1" xr:uid="{CE26F670-7378-4CA3-9375-CF376276662E}"/>
     <hyperlink ref="D64" r:id="rId2" xr:uid="{DF0DA0D1-AC5A-4697-B64F-7DD6516D95C2}"/>
     <hyperlink ref="D66" r:id="rId3" xr:uid="{289FA32C-A768-493C-9BF4-01D2F5386B17}"/>
     <hyperlink ref="D67" r:id="rId4" xr:uid="{D45CA8CE-4B91-4751-B03B-45797E44F416}"/>
     <hyperlink ref="G40" r:id="rId5" xr:uid="{AD554F53-F44D-4632-9B2F-878388941F6A}"/>
     <hyperlink ref="G8:J8" r:id="rId6" display="Electives" xr:uid="{56ECE47A-296F-440D-B529-2427400BE4FB}"/>
     <hyperlink ref="B39:D39" r:id="rId7" display="Option Required Courses" xr:uid="{8F0BF1AF-7721-4FC2-9954-72AB3BAE3118}"/>
     <hyperlink ref="G40:J40" r:id="rId8" display="Humanities &amp; Social Sciences/Sciences Requirement" xr:uid="{E6EE274B-279A-4703-B084-6670EA733727}"/>
     <hyperlink ref="B8:E8" r:id="rId9" display="Required Courses" xr:uid="{7AD69532-87BA-40B4-A16C-166DAA5BE4A1}"/>
     <hyperlink ref="D62" r:id="rId10" xr:uid="{52BD9901-C0C9-4838-9F94-DA5846A74861}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId11"/>
   <ignoredErrors>
-    <ignoredError sqref="B42:B46 B41" unlockedFormula="1"/>
+    <ignoredError sqref="B42:B46" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
-[...16 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
   <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Abu Hijleh, Salma</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>